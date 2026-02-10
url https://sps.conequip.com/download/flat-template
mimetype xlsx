--- v0 (2025-12-19)
+++ v1 (2026-02-10)
@@ -1,113 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29602"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
-  <xr:revisionPtr revIDLastSave="130" documentId="11_D1E334AFAB18B25002F9C013E64870435379DFC3" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{48D22196-7AB4-40CA-B9FC-7C19AFB2F184}"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Charlie May\Desktop\SPS NEWEST STATIC\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB934BDB-3981-42AC-8F20-77B31A46DE7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="0" windowHeight="0" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Daily Inventory Upload" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="57">
   <si>
     <t>SKU</t>
   </si>
   <si>
     <t>Product Condition</t>
   </si>
   <si>
     <t>Location Name</t>
   </si>
   <si>
     <t>Location Street</t>
   </si>
   <si>
     <t>Location City</t>
   </si>
   <si>
     <t>Location State/Province</t>
   </si>
   <si>
     <t>Location Zip/Postal Code</t>
   </si>
   <si>
     <t>Location Country</t>
   </si>
   <si>
     <t>Quantity On Hand</t>
   </si>
   <si>
     <t>ConEquip Price (USD)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Optional Fields -&gt;</t>
   </si>
   <si>
     <t>Product Category</t>
   </si>
   <si>
     <t>Alternate Part Numbers</t>
   </si>
   <si>
     <t>Superseded by</t>
   </si>
   <si>
     <t>Makes/Models</t>
   </si>
   <si>
     <t>Product Length (in.)</t>
   </si>
   <si>
     <t>Product Width (in.)</t>
   </si>
   <si>
     <t>Product Height (in.)</t>
   </si>
   <si>
     <t>Product Weight (lbs.)</t>
   </si>
@@ -211,79 +213,79 @@
     <t>30 day policy.</t>
   </si>
   <si>
     <t>Need to return within 30 days.</t>
   </si>
   <si>
     <t>New Replacement</t>
   </si>
   <si>
     <t>Buffalo Warehouse</t>
   </si>
   <si>
     <t>321 Easy Street</t>
   </si>
   <si>
     <t>Buffalo</t>
   </si>
   <si>
     <t>NY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF273F99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
@@ -644,393 +646,585 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AG5"/>
+  <dimension ref="A1:AF5"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="23" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="17" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="18.85546875" customWidth="1"/>
-    <col min="11" max="11" width="22.140625" bestFit="1" customWidth="1"/>
-[...20 lines deleted...]
-    <col min="33" max="33" width="16.7109375" bestFit="1" customWidth="1"/>
+    <col min="11" max="12" width="22.140625" customWidth="1"/>
+    <col min="13" max="13" width="14" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="18" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="18.140625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="17.42578125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="18" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="18.85546875" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="18.140625" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="18.7109375" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="20.140625" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="12" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="24" customWidth="1"/>
+    <col min="25" max="25" width="19.7109375" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="21.5703125" customWidth="1"/>
+    <col min="27" max="27" width="34.42578125" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="14.85546875" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="27.42578125" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="16.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:33" s="7" customFormat="1" ht="27.75" customHeight="1">
+    <row r="1" spans="1:32" s="7" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="5" t="s">
+      <c r="O1" s="3" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="3" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="3" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="3" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="3" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="3" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="3" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="3" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="X1" s="3" t="s">
+      <c r="X1" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="Y1" s="4" t="s">
+      <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="3" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="AC1" s="3" t="s">
+      <c r="AC1" s="5" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="AE1" s="5" t="s">
+      <c r="AE1" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AF1" s="6" t="s">
+      <c r="AF1" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="AG1" s="5" t="s">
+    </row>
+    <row r="2" spans="1:32" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>33</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>34</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>35</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>36</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>37</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="G2" s="9" t="s">
+      <c r="H2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="I2">
         <v>4</v>
       </c>
       <c r="J2">
         <v>1895.25</v>
       </c>
+      <c r="K2" t="s">
+        <v>40</v>
+      </c>
       <c r="L2" t="s">
         <v>41</v>
       </c>
       <c r="M2" t="s">
         <v>42</v>
       </c>
       <c r="N2" t="s">
         <v>43</v>
       </c>
-      <c r="O2" t="s">
-        <v>44</v>
+      <c r="O2">
+        <v>9.5</v>
       </c>
       <c r="P2">
-        <v>9.5</v>
+        <v>18.5</v>
       </c>
       <c r="Q2">
-        <v>18.5</v>
+        <v>23</v>
       </c>
       <c r="R2">
-        <v>23</v>
+        <v>100.25</v>
       </c>
       <c r="S2">
-        <v>100.25</v>
+        <v>12</v>
       </c>
       <c r="T2">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="U2">
         <v>24</v>
       </c>
       <c r="V2">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="W2">
         <v>110</v>
+      </c>
+      <c r="W2" t="s">
+        <v>44</v>
       </c>
       <c r="X2" t="s">
         <v>45</v>
       </c>
       <c r="Y2" t="s">
         <v>46</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="Z2" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="AA2" s="8" t="s">
+      <c r="AA2" t="s">
         <v>48</v>
       </c>
       <c r="AB2" t="s">
         <v>49</v>
       </c>
       <c r="AC2" t="s">
         <v>50</v>
       </c>
       <c r="AD2" t="s">
         <v>51</v>
       </c>
-      <c r="AE2" t="s">
+      <c r="AE2">
+        <v>450</v>
+      </c>
+      <c r="AF2" t="b">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:32" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
         <v>52</v>
       </c>
-      <c r="AF2">
-[...12 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="D3" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="E3" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>14052</v>
+        <v>37</v>
+      </c>
+      <c r="G3" s="9" t="s">
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>1895.25</v>
       </c>
+      <c r="K3" t="s">
+        <v>40</v>
+      </c>
+      <c r="L3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M3" t="s">
+        <v>42</v>
+      </c>
+      <c r="N3" t="s">
+        <v>43</v>
+      </c>
+      <c r="O3">
+        <v>9.5</v>
+      </c>
+      <c r="P3">
+        <v>18.5</v>
+      </c>
+      <c r="Q3">
+        <v>23</v>
+      </c>
+      <c r="R3">
+        <v>100.25</v>
+      </c>
+      <c r="S3">
+        <v>12</v>
+      </c>
+      <c r="T3">
+        <v>24</v>
+      </c>
+      <c r="U3">
+        <v>24</v>
+      </c>
+      <c r="V3">
+        <v>110</v>
+      </c>
+      <c r="W3" t="s">
+        <v>44</v>
+      </c>
+      <c r="X3" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z3" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AE3">
+        <v>450</v>
+      </c>
+      <c r="AF3" t="b">
+        <v>1</v>
+      </c>
     </row>
-    <row r="4" spans="1:33">
+    <row r="4" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="F4" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G4" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G4" s="9">
+        <v>14052</v>
+      </c>
+      <c r="H4" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="I4">
         <v>3</v>
       </c>
       <c r="J4">
         <v>1895.25</v>
       </c>
+      <c r="K4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>43</v>
+      </c>
+      <c r="O4">
+        <v>9.5</v>
+      </c>
+      <c r="P4">
+        <v>18.5</v>
+      </c>
+      <c r="Q4">
+        <v>23</v>
+      </c>
+      <c r="R4">
+        <v>100.25</v>
+      </c>
+      <c r="S4">
+        <v>12</v>
+      </c>
+      <c r="T4">
+        <v>24</v>
+      </c>
+      <c r="U4">
+        <v>24</v>
+      </c>
+      <c r="V4">
+        <v>110</v>
+      </c>
+      <c r="W4" t="s">
+        <v>44</v>
+      </c>
+      <c r="X4" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z4" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>51</v>
+      </c>
+      <c r="AE4">
+        <v>450</v>
+      </c>
+      <c r="AF4" t="b">
+        <v>1</v>
+      </c>
     </row>
-    <row r="5" spans="1:33">
+    <row r="5" spans="1:32" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
         <v>53</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>54</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>55</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G5" s="9">
         <v>14052</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I5">
         <v>2</v>
       </c>
       <c r="J5">
         <v>1895.25</v>
+      </c>
+      <c r="K5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>43</v>
+      </c>
+      <c r="O5">
+        <v>9.5</v>
+      </c>
+      <c r="P5">
+        <v>18.5</v>
+      </c>
+      <c r="Q5">
+        <v>23</v>
+      </c>
+      <c r="R5">
+        <v>100.25</v>
+      </c>
+      <c r="S5">
+        <v>12</v>
+      </c>
+      <c r="T5">
+        <v>24</v>
+      </c>
+      <c r="U5">
+        <v>24</v>
+      </c>
+      <c r="V5">
+        <v>110</v>
+      </c>
+      <c r="W5" t="s">
+        <v>44</v>
+      </c>
+      <c r="X5" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z5" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>51</v>
+      </c>
+      <c r="AE5">
+        <v>450</v>
+      </c>
+      <c r="AF5" t="b">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="2">
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P2:W2" xr:uid="{F06A7C63-C757-4EBA-8D78-161BDF588552}">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O2:V5" xr:uid="{F06A7C63-C757-4EBA-8D78-161BDF588552}">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="X2:Y2" xr:uid="{AE41BE14-8FA0-402A-A6CB-F4EE5EE97CBB}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="W2:X5" xr:uid="{AE41BE14-8FA0-402A-A6CB-F4EE5EE97CBB}"/>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002BC5595A5E5C71408A3E12DE1E505E28" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9937d836ebccd56582e57900e90b7ab2">
@@ -1197,67 +1391,111 @@
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7C639AB-E6A4-4C9D-B39B-12C083B42C46}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7C639AB-E6A4-4C9D-B39B-12C083B42C46}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{891A7A1C-3443-48C4-9209-53F2E3B8FC09}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{891A7A1C-3443-48C4-9209-53F2E3B8FC09}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="2af64dfe-8c73-400a-a389-4eb52e7a9339"/>
+    <ds:schemaRef ds:uri="24e7dfee-70d6-48f3-bb49-95f9caaf2e58"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF350E1E-4FC8-44F4-B9AA-E5FFEDF775C5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF350E1E-4FC8-44F4-B9AA-E5FFEDF775C5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Daily Inventory Upload</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>openpyxl</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101002BC5595A5E5C71408A3E12DE1E505E28</vt:lpwstr>
   </property>