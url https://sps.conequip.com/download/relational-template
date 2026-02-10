--- v0 (2025-12-19)
+++ v1 (2026-02-10)
@@ -1,525 +1,200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29602"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="204" documentId="13_ncr:1_{3078CC9C-BE0D-40C9-9AC4-284C062903EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{55D1FB94-EC61-4A19-BAC7-44E8F5E1CB65}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" firstSheet="2" activeTab="1" xr2:uid="{2E019AE6-E937-4E02-94E0-44772B7FA653}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Products" sheetId="1" r:id="rId1"/>
-[...5 lines deleted...]
-    <sheet name="Locations" sheetId="2" r:id="rId7"/>
+    <sheet name="Products" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Product Variants" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="Variant Stocks" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="Categories" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet name="Equipment Makes" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet name="Equipment Models" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet name="Locations" sheetId="7" state="visible" r:id="rId7"/>
   </sheets>
-  <calcPr calcId="191028"/>
-[...15 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191028" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...282 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="0"/>
   <fonts count="5">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <color theme="0"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF273F99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="12">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="1" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...11 lines deleted...]
-  </extLst>
+  <colors/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -793,1131 +468,1132 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D26B6DA5-4809-45D3-A7FD-ED4580FA6D0A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A1:X3"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="S4" sqref="S4"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="0" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="16.42578125" bestFit="1" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="17" max="20" width="21.140625" customWidth="1"/>
+    <col width="16.42578125" bestFit="1" customWidth="1" min="1" max="1"/>
+    <col width="13.5703125" customWidth="1" min="2" max="2"/>
+    <col width="18.28515625" bestFit="1" customWidth="1" min="3" max="3"/>
+    <col width="27.7109375" bestFit="1" customWidth="1" min="4" max="4"/>
+    <col width="19" customWidth="1" min="5" max="6"/>
+    <col width="19" bestFit="1" customWidth="1" min="7" max="7"/>
+    <col width="18.28515625" bestFit="1" customWidth="1" min="8" max="8"/>
+    <col width="18.85546875" bestFit="1" customWidth="1" min="9" max="9"/>
+    <col width="19.85546875" bestFit="1" customWidth="1" min="10" max="10"/>
+    <col width="19.140625" bestFit="1" customWidth="1" min="11" max="11"/>
+    <col width="19.7109375" bestFit="1" customWidth="1" min="12" max="12"/>
+    <col width="20.28515625" bestFit="1" customWidth="1" min="13" max="13"/>
+    <col width="21.140625" bestFit="1" customWidth="1" min="14" max="14"/>
+    <col width="21.140625" customWidth="1" min="15" max="15"/>
+    <col width="23.140625" customWidth="1" min="16" max="16"/>
+    <col width="21.140625" customWidth="1" min="17" max="20"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" s="2" customFormat="1" ht="15" customHeight="1">
-[...12 lines deleted...]
-      <c r="E1" s="6" t="s">
+    <row r="1" ht="15" customFormat="1" customHeight="1" s="2">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Unique Identifier</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>SKU</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Category Identifier</t>
+        </is>
+      </c>
+      <c r="D1" s="6" t="inlineStr">
+        <is>
+          <t>Alternate Part Numbers</t>
+        </is>
+      </c>
+      <c r="E1" s="6" t="inlineStr">
+        <is>
+          <t>Superseded by</t>
+        </is>
+      </c>
+      <c r="F1" s="6" t="inlineStr">
+        <is>
+          <t>Models Indetifier(s)</t>
+        </is>
+      </c>
+      <c r="G1" s="6" t="inlineStr">
+        <is>
+          <t>Product Length (in.)</t>
+        </is>
+      </c>
+      <c r="H1" s="6" t="inlineStr">
+        <is>
+          <t>Product Width (in.)</t>
+        </is>
+      </c>
+      <c r="I1" s="6" t="inlineStr">
+        <is>
+          <t>Product Height (in.)</t>
+        </is>
+      </c>
+      <c r="J1" s="6" t="inlineStr">
+        <is>
+          <t>Product Weight (lbs.)</t>
+        </is>
+      </c>
+      <c r="K1" s="6" t="inlineStr">
+        <is>
+          <t>Shipping Length (in.)</t>
+        </is>
+      </c>
+      <c r="L1" s="6" t="inlineStr">
+        <is>
+          <t>Shipping Width (in.)</t>
+        </is>
+      </c>
+      <c r="M1" s="6" t="inlineStr">
+        <is>
+          <t>Shipping Height (in.)</t>
+        </is>
+      </c>
+      <c r="N1" s="6" t="inlineStr">
+        <is>
+          <t>Shipping Weight (lbs.)</t>
+        </is>
+      </c>
+      <c r="O1" s="6" t="inlineStr">
+        <is>
+          <t>Image Name</t>
+        </is>
+      </c>
+      <c r="P1" s="7" t="inlineStr">
+        <is>
+          <t>Install Instructions Name</t>
+        </is>
+      </c>
+      <c r="Q1" s="6" t="inlineStr">
+        <is>
+          <t>Description</t>
+        </is>
+      </c>
+      <c r="R1" s="6" t="inlineStr">
+        <is>
+          <t>Meta Title</t>
+        </is>
+      </c>
+      <c r="S1" s="6" t="inlineStr">
+        <is>
+          <t>Meta Description</t>
+        </is>
+      </c>
+      <c r="T1" s="6" t="inlineStr">
+        <is>
+          <t>Meta Keywords</t>
+        </is>
+      </c>
+      <c r="X1" s="3" t="n"/>
+    </row>
+    <row r="2" ht="15" customHeight="1">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>product_1</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>ABC123</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>category_1</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>ABC123-4 | ABC-124 | ABC-125</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>ABC1234</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>cat_312</t>
+        </is>
+      </c>
+      <c r="G2" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="H2" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="I2" t="n">
+        <v>23</v>
+      </c>
+      <c r="J2" t="n">
+        <v>100.25</v>
+      </c>
+      <c r="K2" t="n">
+        <v>12</v>
+      </c>
+      <c r="L2" t="n">
+        <v>24</v>
+      </c>
+      <c r="M2" t="n">
+        <v>24</v>
+      </c>
+      <c r="N2" t="n">
+        <v>110</v>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>abc123.jpg</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>abc123-install.pdf</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t>This part's pretty cool</t>
+        </is>
+      </c>
+      <c r="R2" s="11" t="inlineStr">
+        <is>
+          <t>ABC-123 Final Drive</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>ABC-123 Final Drive fits lots of cats</t>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>ABC-123 | Final Drive</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>product_2</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>AEIOU202</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>category_2</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>cat_312 | cat_315l</t>
+        </is>
+      </c>
+      <c r="G3" t="n">
+        <v>6</v>
+      </c>
+      <c r="H3" t="n">
+        <v>5</v>
+      </c>
+      <c r="I3" t="n">
+        <v>10</v>
+      </c>
+      <c r="J3" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="K3" t="n">
+        <v>6</v>
+      </c>
+      <c r="L3" t="n">
+        <v>6</v>
+      </c>
+      <c r="M3" t="n">
+        <v>12</v>
+      </c>
+      <c r="N3" t="n">
         <v>4</v>
       </c>
-      <c r="F1" s="6" t="s">
-[...161 lines deleted...]
-        <v>40</v>
+      <c r="O3" s="11" t="inlineStr">
+        <is>
+          <t>aeiou202-1.jpg | aeiou202-2.jpg</t>
+        </is>
+      </c>
+      <c r="P3" t="inlineStr">
+        <is>
+          <t>aeiou202-install.pdf</t>
+        </is>
+      </c>
+      <c r="Q3" t="inlineStr">
+        <is>
+          <t>This part's pretty cool</t>
+        </is>
+      </c>
+      <c r="R3" s="11" t="inlineStr">
+        <is>
+          <t>AEIOU202 Final Drive</t>
+        </is>
+      </c>
+      <c r="S3" s="11" t="inlineStr">
+        <is>
+          <t>AEIOU202 Final Drive fits lots of cats</t>
+        </is>
+      </c>
+      <c r="T3" t="inlineStr">
+        <is>
+          <t>AEIOU202 | Final Drive</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <dataValidations count="2">
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G2:G1048576 M2 H2:H1048576 I2:I1048576 J2:J1048576 K2:K1048576 L2:L1048576 M3:M1048576 N2:N1048576" xr:uid="{4946B634-4EB6-436D-90C0-BB2E33757093}">
+    <dataValidation sqref="G2:G1048576 H2:H1048576 I2:I1048576 J2:J1048576 K2:K1048576 L2:L1048576 M2 M3:M1048576 N2:N1048576" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="0" type="decimal" operator="greaterThan">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O2:O1048576 P2:P1048576 Q2:Q1048576 R2:R1048576 S2:S1048576 T2:T1048576" xr:uid="{99100224-3AFB-4113-9B54-D2244E2C28C5}"/>
+    <dataValidation sqref="O2:O1048576 P2:P1048576 Q2:Q1048576 R2:R1048576 S2:S1048576 T2:T1048576" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="0"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
-[...11 lines deleted...]
-  </extLst>
+  <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50FE9C03-617D-4C90-AF96-4D882C15EAD0}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A1:G5"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E5" sqref="E5"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="0" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="16384" width="9.140625" hidden="1"/>
+    <col width="17.85546875" customWidth="1" min="1" max="1"/>
+    <col width="20.85546875" customWidth="1" min="2" max="2"/>
+    <col width="25" customWidth="1" min="3" max="6"/>
+    <col hidden="1" width="19.7109375" customWidth="1" min="7" max="7"/>
+    <col hidden="1" width="9.140625" customWidth="1" min="8" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="2" customFormat="1" ht="21.75" customHeight="1">
-[...36 lines deleted...]
-      <c r="F2">
+    <row r="1" ht="21.75" customFormat="1" customHeight="1" s="2">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Unique Identifier</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Product Identifier</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Product Condition</t>
+        </is>
+      </c>
+      <c r="D1" s="8" t="inlineStr">
+        <is>
+          <t>Warranty Name</t>
+        </is>
+      </c>
+      <c r="E1" s="8" t="inlineStr">
+        <is>
+          <t>Warranty Description</t>
+        </is>
+      </c>
+      <c r="F1" s="8" t="inlineStr">
+        <is>
+          <t>Core Charge</t>
+        </is>
+      </c>
+      <c r="G1" s="3" t="n"/>
+    </row>
+    <row r="2" ht="30" customHeight="1">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>product_1_nr</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>product_1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>New Replacement</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>30 Day Policy</t>
+        </is>
+      </c>
+      <c r="E2" s="11" t="inlineStr">
+        <is>
+          <t>Need to start process within 30 days of delivery.</t>
+        </is>
+      </c>
+      <c r="F2" t="n">
         <v>150</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="29.25">
-[...15 lines deleted...]
-      <c r="F3">
+    <row r="3" ht="30" customHeight="1">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>product_1_oem</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>product_1</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>New OEM</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>30 Day Policy</t>
+        </is>
+      </c>
+      <c r="E3" s="11" t="inlineStr">
+        <is>
+          <t>Need to start process within 30 days of delivery.</t>
+        </is>
+      </c>
+      <c r="F3" t="n">
         <v>150</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="29.25">
-[...15 lines deleted...]
-      <c r="F4">
+    <row r="4" ht="30" customHeight="1">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>product_2_ng</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>product_2</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>New Genuine</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>30 Day Policy</t>
+        </is>
+      </c>
+      <c r="E4" s="11" t="inlineStr">
+        <is>
+          <t>Need to start process within 30 days of delivery.</t>
+        </is>
+      </c>
+      <c r="F4" t="n">
         <v>150</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="29.25">
-[...15 lines deleted...]
-      <c r="F5">
+    <row r="5" ht="30" customHeight="1">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>product_2_nr</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>product_2</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>New Replacement</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>30 Day Policy</t>
+        </is>
+      </c>
+      <c r="E5" s="11" t="inlineStr">
+        <is>
+          <t>Need to start process within 30 days of delivery.</t>
+        </is>
+      </c>
+      <c r="F5" t="n">
         <v>150</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C2:C1048576" xr:uid="{8AE81769-F381-46DA-9339-B41D9A6845C1}">
+    <dataValidation sqref="C2:C1048576" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="0" type="list">
       <formula1>"New Genuine, New OEM, New OEM Surplus, New Replacement, New Takeoff, Reconditioned, Reman Exchanged, Reman Outright, Resealed, Repair &amp; Return"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D2:F1048576" xr:uid="{4C5AFC54-2DB4-4A13-B3C9-AECCEB2E2178}"/>
+    <dataValidation sqref="D2:F1048576" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="0"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
-[...11 lines deleted...]
-  </extLst>
+  <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA065287-F1F2-447E-834E-DB0CE023BE25}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E15" sqref="E15"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="0" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="18.7109375" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" hidden="1"/>
+    <col width="18.7109375" customWidth="1" min="1" max="1"/>
+    <col width="29.85546875" customWidth="1" min="2" max="2"/>
+    <col width="24.42578125" customWidth="1" min="3" max="3"/>
+    <col width="22.140625" customWidth="1" min="4" max="4"/>
+    <col width="19.7109375" customWidth="1" min="5" max="5"/>
+    <col width="21.28515625" customWidth="1" min="6" max="6"/>
+    <col width="17.42578125" bestFit="1" customWidth="1" min="7" max="7"/>
+    <col hidden="1" width="9.140625" customWidth="1" min="8" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="5" customFormat="1" ht="25.5" customHeight="1">
-[...32 lines deleted...]
-      <c r="D2">
+    <row r="1" ht="25.5" customFormat="1" customHeight="1" s="5">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Unique Identifier</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Product Variant Identifier</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Location Identifier</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Quantity On Hand</t>
+        </is>
+      </c>
+      <c r="E1" s="4" t="inlineStr">
+        <is>
+          <t>ConEquip Price (USD)</t>
+        </is>
+      </c>
+      <c r="F1" s="6" t="inlineStr">
+        <is>
+          <t>List Price/MSRP (USD)</t>
+        </is>
+      </c>
+      <c r="G1" s="6" t="inlineStr">
+        <is>
+          <t>Shipping Included</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>stock_1</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>product_1_nr</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>location_1</t>
+        </is>
+      </c>
+      <c r="D2" t="n">
         <v>8</v>
       </c>
-      <c r="E2">
+      <c r="E2" t="n">
         <v>1099.99</v>
       </c>
-      <c r="F2">
+      <c r="F2" t="n">
         <v>1499.99</v>
       </c>
       <c r="G2" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:7">
-[...9 lines deleted...]
-      <c r="D3">
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>stock_2</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>product_1_nr</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>location_2</t>
+        </is>
+      </c>
+      <c r="D3" t="n">
         <v>0</v>
       </c>
-      <c r="E3">
+      <c r="E3" t="n">
         <v>1099.99</v>
       </c>
-      <c r="F3">
+      <c r="F3" t="n">
         <v>1499.99</v>
       </c>
       <c r="G3" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7">
-[...9 lines deleted...]
-      <c r="D4">
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>stock_3</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>product_1_oem</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>location_1</t>
+        </is>
+      </c>
+      <c r="D4" t="n">
         <v>3</v>
       </c>
-      <c r="E4">
+      <c r="E4" t="n">
         <v>1299.99</v>
       </c>
-      <c r="F4">
+      <c r="F4" t="n">
         <v>1749.99</v>
       </c>
       <c r="G4" t="b">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
-[...9 lines deleted...]
-      <c r="D5">
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>stock_4</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>product_1_oem</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>location_2</t>
+        </is>
+      </c>
+      <c r="D5" t="n">
         <v>4</v>
       </c>
-      <c r="E5">
+      <c r="E5" t="n">
         <v>1299.99</v>
       </c>
-      <c r="F5">
+      <c r="F5" t="n">
         <v>1749.99</v>
       </c>
       <c r="G5" t="b">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:7">
-[...9 lines deleted...]
-      <c r="D6">
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>stock_5</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>product_2_ng</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>location_1</t>
+        </is>
+      </c>
+      <c r="D6" t="n">
         <v>2</v>
       </c>
-      <c r="E6">
+      <c r="E6" t="n">
         <v>14.99</v>
       </c>
-      <c r="F6">
+      <c r="F6" t="n">
         <v>59.99</v>
       </c>
       <c r="G6" t="b">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:7">
-[...9 lines deleted...]
-      <c r="D7">
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>stock_6</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>product_2_nr</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>location_1</t>
+        </is>
+      </c>
+      <c r="D7" t="n">
         <v>2</v>
       </c>
-      <c r="E7">
+      <c r="E7" t="n">
         <v>12.99</v>
       </c>
-      <c r="F7">
+      <c r="F7" t="n">
         <v>59.99</v>
       </c>
       <c r="G7" t="b">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="3">
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E2:E1048576 F2:F1048576" xr:uid="{BA9C855E-5AA7-46CB-820E-28680868D640}">
+    <dataValidation sqref="E2:E1048576 F2:F1048576" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="0" type="decimal" operator="greaterThan">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D2:D1048576" xr:uid="{A04680A6-3FD4-4F08-8235-15674424A5B0}">
+    <dataValidation sqref="D2:D1048576" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="0" type="whole" operator="greaterThanOrEqual">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G2:G1048576" xr:uid="{6C6C81C7-8601-4AC0-A7AF-9D5B31987F56}">
+    <dataValidation sqref="G2:G1048576" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="0" type="list">
       <formula1>"TRUE, FALSE"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <extLst>
-[...16 lines deleted...]
-  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5BD29005-382B-477D-A715-146C1988D132}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:XFD1"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="0" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="19" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.140625" hidden="1"/>
+    <col width="19" customWidth="1" min="1" max="1"/>
+    <col width="21.28515625" customWidth="1" min="2" max="2"/>
+    <col hidden="1" width="9.140625" customWidth="1" min="3" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" s="5" customFormat="1" ht="21.75" customHeight="1">
-[...20 lines deleted...]
-        <v>71</v>
+    <row r="1" ht="21.75" customFormat="1" customHeight="1" s="5">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Unique Identifier</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Category Name</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>category_1</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Final Drive</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>category_2</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Seal Kit</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71B11EBE-82E9-4217-A584-C6EE9F741A86}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="0" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="19" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.140625" hidden="1"/>
+    <col width="19" customWidth="1" min="1" max="1"/>
+    <col width="21.28515625" customWidth="1" min="2" max="2"/>
+    <col hidden="1" width="9.140625" customWidth="1" min="3" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" s="5" customFormat="1" ht="21.75" customHeight="1">
-[...20 lines deleted...]
-        <v>76</v>
+    <row r="1" ht="21.75" customFormat="1" customHeight="1" s="5">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Unique Identifier</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Make Name</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>caterpillar</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Caterpillar</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>john_deere</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>John Deere</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B37012A4-2E73-41FE-BD06-74AA75BAB310}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A17" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C14" sqref="C14"/>
+      <pane ySplit="1" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="0" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="19" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.140625" hidden="1"/>
+    <col width="19" customWidth="1" min="1" max="1"/>
+    <col width="21.140625" customWidth="1" min="2" max="2"/>
+    <col width="21.28515625" customWidth="1" style="10" min="3" max="3"/>
+    <col hidden="1" width="9.140625" customWidth="1" min="4" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="5" customFormat="1" ht="21.75" customHeight="1">
-[...17 lines deleted...]
-      <c r="C2" s="10">
+    <row r="1" ht="21.75" customFormat="1" customHeight="1" s="5">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Unique Identifier</t>
+        </is>
+      </c>
+      <c r="B1" s="4" t="inlineStr">
+        <is>
+          <t>Make Unique Identifier</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Model Name</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>cat_312</t>
+        </is>
+      </c>
+      <c r="B2" s="9" t="inlineStr">
+        <is>
+          <t>caterpillar</t>
+        </is>
+      </c>
+      <c r="C2" s="10" t="n">
         <v>312</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-[...115 lines deleted...]
-        <v>90</v>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>cat_315l</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>caterpillar</t>
+        </is>
+      </c>
+      <c r="C3" s="10" t="inlineStr">
+        <is>
+          <t>315L</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>john_deere_abc123</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>john_deere</t>
+        </is>
+      </c>
+      <c r="C4" s="10" t="inlineStr">
+        <is>
+          <t>ABC123</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...212 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6B79AFB-C117-4213-955D-B09A67F985EB}"/>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:F3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="0" defaultRowHeight="15"/>
+  <cols>
+    <col width="18.85546875" customWidth="1" min="1" max="1"/>
+    <col width="24.42578125" customWidth="1" min="2" max="2"/>
+    <col width="15" customWidth="1" min="3" max="3"/>
+    <col width="14" customWidth="1" min="4" max="4"/>
+    <col width="14.28515625" customWidth="1" min="5" max="5"/>
+    <col width="18.42578125" customWidth="1" min="6" max="6"/>
+    <col hidden="1" width="9.140625" customWidth="1" min="7" max="16384"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="21.75" customFormat="1" customHeight="1" s="5">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Unique Identifier</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Street</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>City</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>State</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Zip</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Country</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>location_1</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>123 East St.</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Buffalo</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>New York</t>
+        </is>
+      </c>
+      <c r="E2" t="n">
+        <v>14222</v>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>location_2</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>123 Fake Ave.</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>East Aurora</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>New York</t>
+        </is>
+      </c>
+      <c r="E3" t="n">
+        <v>14052</v>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...3 lines deleted...]
-  <HyperlinkBase/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <dc:subject/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Charles May</dc:creator>
-  <cp:keywords/>
-[...2 lines deleted...]
-  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
+  <property name="ContentTypeId" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2">
     <vt:lpwstr>0x0101002BC5595A5E5C71408A3E12DE1E505E28</vt:lpwstr>
   </property>
 </Properties>
 </file>